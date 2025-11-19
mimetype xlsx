--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PK2 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="37">
-[...1 lines deleted...]
-    <t>Zagreb, 27.08.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="36">
+  <si>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department </t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>NUMBER OF PAYMENT CARDS ISSUED IN THE REPUBLIC OF CROATIA AND THE NUMBER OF USERS - year 2025
 </t>
   </si>
   <si>
     <t>January</t>
   </si>
   <si>
     <t>February</t>
   </si>
   <si>
     <t>March</t>
@@ -79,53 +79,50 @@
     <t>July</t>
   </si>
   <si>
     <t>August</t>
   </si>
   <si>
     <t>September</t>
   </si>
   <si>
     <t>October</t>
   </si>
   <si>
     <t>November</t>
   </si>
   <si>
     <t>December</t>
   </si>
   <si>
     <t>Consumer</t>
   </si>
   <si>
     <t>Non-consumer</t>
   </si>
   <si>
     <t> NUMBER OF USERS</t>
-  </si>
-[...1 lines deleted...]
-    <t>*</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t> NUMBER OF PAYMENT CARDS (NOT INCLUDING BLOCKED PAYMENT CARDS):</t>
   </si>
   <si>
     <t> Debit</t>
   </si>
   <si>
     <t> Debit/delayed</t>
   </si>
   <si>
     <t> Debit/cash</t>
   </si>
   <si>
     <t> Debit/savings</t>
   </si>
   <si>
     <t> Delayed</t>
   </si>
   <si>
     <t> Revolving</t>
   </si>
@@ -779,2418 +776,2418 @@
       </c>
       <c r="AR9" t="s" s="7">
         <v>19</v>
       </c>
       <c r="AT9" t="s" s="7">
         <v>18</v>
       </c>
       <c r="AV9" t="s" s="7">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:49">
       <c r="A10" t="s" s="8">
         <v>20</v>
       </c>
       <c r="B10" s="9">
         <v>5583942</v>
       </c>
       <c r="C10" t="s" s="8">
         <v>21</v>
       </c>
       <c r="D10" s="9">
         <v>369185</v>
       </c>
       <c r="E10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F10" s="9">
         <v>5588262</v>
       </c>
       <c r="G10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H10" s="9">
         <v>371372</v>
       </c>
       <c r="I10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J10" s="9">
         <v>5590466</v>
       </c>
       <c r="K10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L10" s="9">
         <v>374079</v>
       </c>
       <c r="M10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N10" s="9">
         <v>5592642</v>
       </c>
       <c r="O10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P10" s="9">
         <v>374897</v>
       </c>
       <c r="Q10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R10" s="9">
         <v>5596321</v>
       </c>
       <c r="S10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="T10" s="9">
         <v>376986</v>
       </c>
       <c r="U10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V10" s="9">
         <v>5600095</v>
       </c>
       <c r="W10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="X10" s="9">
         <v>378677</v>
       </c>
       <c r="Y10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="Z10" s="9">
-        <v/>
+        <v>5602264</v>
       </c>
       <c r="AA10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB10" s="9">
-        <v/>
+        <v>379532</v>
       </c>
       <c r="AC10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AD10" s="9">
-        <v/>
+        <v>5596692</v>
       </c>
       <c r="AE10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AF10" s="9">
-        <v/>
+        <v>380554</v>
       </c>
       <c r="AG10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AH10" s="9">
-        <v/>
+        <v>5604228</v>
       </c>
       <c r="AI10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AJ10" s="9">
-        <v/>
+        <v>381605</v>
       </c>
       <c r="AK10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AL10" s="9">
         <v/>
       </c>
       <c r="AM10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AN10" s="9">
         <v/>
       </c>
       <c r="AO10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AP10" s="9">
         <v/>
       </c>
       <c r="AQ10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AR10" s="9">
         <v/>
       </c>
       <c r="AS10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AT10" s="9">
         <v/>
       </c>
       <c r="AU10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AV10" s="9">
         <v/>
       </c>
       <c r="AW10" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:49">
       <c r="A11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B11" s="9">
         <v/>
       </c>
       <c r="C11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D11" s="9">
         <v/>
       </c>
       <c r="E11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F11" s="9">
         <v/>
       </c>
       <c r="G11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H11" s="9">
         <v/>
       </c>
       <c r="I11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J11" s="9">
         <v/>
       </c>
       <c r="K11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L11" s="9">
         <v/>
       </c>
       <c r="M11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N11" s="9">
         <v/>
       </c>
       <c r="O11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P11" s="9">
         <v/>
       </c>
       <c r="Q11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R11" s="9">
         <v/>
       </c>
       <c r="S11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="T11" s="9">
         <v/>
       </c>
       <c r="U11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V11" s="9">
         <v/>
       </c>
       <c r="W11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="X11" s="9">
         <v/>
       </c>
       <c r="Y11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="Z11" s="9">
         <v/>
       </c>
       <c r="AA11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB11" s="9">
         <v/>
       </c>
       <c r="AC11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AD11" s="9">
         <v/>
       </c>
       <c r="AE11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AF11" s="9">
         <v/>
       </c>
       <c r="AG11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AH11" s="9">
         <v/>
       </c>
       <c r="AI11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AJ11" s="9">
         <v/>
       </c>
       <c r="AK11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AL11" s="9">
         <v/>
       </c>
       <c r="AM11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AN11" s="9">
         <v/>
       </c>
       <c r="AO11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AP11" s="9">
         <v/>
       </c>
       <c r="AQ11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AR11" s="9">
         <v/>
       </c>
       <c r="AS11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AT11" s="9">
         <v/>
       </c>
       <c r="AU11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AV11" s="9">
         <v/>
       </c>
       <c r="AW11" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:49">
       <c r="A12" t="s" s="10">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B12" s="9">
         <v/>
       </c>
       <c r="C12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D12" s="9">
         <v/>
       </c>
       <c r="E12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F12" s="9">
         <v/>
       </c>
       <c r="G12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H12" s="9">
         <v/>
       </c>
       <c r="I12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J12" s="9">
         <v/>
       </c>
       <c r="K12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L12" s="9">
         <v/>
       </c>
       <c r="M12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N12" s="9">
         <v/>
       </c>
       <c r="O12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P12" s="9">
         <v/>
       </c>
       <c r="Q12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R12" s="9">
         <v/>
       </c>
       <c r="S12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="T12" s="9">
         <v/>
       </c>
       <c r="U12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V12" s="9">
         <v/>
       </c>
       <c r="W12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="X12" s="9">
         <v/>
       </c>
       <c r="Y12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="Z12" s="9">
         <v/>
       </c>
       <c r="AA12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB12" s="9">
         <v/>
       </c>
       <c r="AC12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AD12" s="9">
         <v/>
       </c>
       <c r="AE12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AF12" s="9">
         <v/>
       </c>
       <c r="AG12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AH12" s="9">
         <v/>
       </c>
       <c r="AI12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AJ12" s="9">
         <v/>
       </c>
       <c r="AK12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AL12" s="9">
         <v/>
       </c>
       <c r="AM12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AN12" s="9">
         <v/>
       </c>
       <c r="AO12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AP12" s="9">
         <v/>
       </c>
       <c r="AQ12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AR12" s="9">
         <v/>
       </c>
       <c r="AS12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AT12" s="9">
         <v/>
       </c>
       <c r="AU12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AV12" s="9">
         <v/>
       </c>
       <c r="AW12" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:49">
       <c r="A13" t="s" s="8">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B13" s="9">
         <v>6159610</v>
       </c>
       <c r="C13" t="s" s="8">
         <v>21</v>
       </c>
       <c r="D13" s="9">
         <v>446324</v>
       </c>
       <c r="E13" t="s" s="8">
         <v>21</v>
       </c>
       <c r="F13" s="9">
         <v>6356058</v>
       </c>
       <c r="G13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H13" s="9">
         <v>469129</v>
       </c>
       <c r="I13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J13" s="9">
         <v>6297765</v>
       </c>
       <c r="K13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L13" s="9">
         <v>481829</v>
       </c>
       <c r="M13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N13" s="9">
         <v>6240537</v>
       </c>
       <c r="O13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P13" s="9">
         <v>475719</v>
       </c>
       <c r="Q13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R13" s="9">
         <v>6245180</v>
       </c>
       <c r="S13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="T13" s="9">
         <v>475552</v>
       </c>
       <c r="U13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V13" s="9">
         <v>6241701</v>
       </c>
       <c r="W13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="X13" s="9">
         <v>475442</v>
       </c>
       <c r="Y13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="Z13" s="9">
-        <v/>
+        <v>6233498</v>
       </c>
       <c r="AA13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB13" s="9">
-        <v/>
+        <v>473553</v>
       </c>
       <c r="AC13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AD13" s="9">
-        <v/>
+        <v>6221581</v>
       </c>
       <c r="AE13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AF13" s="9">
-        <v/>
+        <v>472965</v>
       </c>
       <c r="AG13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AH13" s="9">
-        <v/>
+        <v>6201735</v>
       </c>
       <c r="AI13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AJ13" s="9">
-        <v/>
+        <v>472868</v>
       </c>
       <c r="AK13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AL13" s="9">
         <v/>
       </c>
       <c r="AM13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AN13" s="9">
         <v/>
       </c>
       <c r="AO13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AP13" s="9">
         <v/>
       </c>
       <c r="AQ13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AR13" s="9">
         <v/>
       </c>
       <c r="AS13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AT13" s="9">
         <v/>
       </c>
       <c r="AU13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AV13" s="9">
         <v/>
       </c>
       <c r="AW13" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:49">
       <c r="A14" t="s" s="8">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B14" s="9">
         <v>35373</v>
       </c>
       <c r="C14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D14" s="9">
         <v/>
       </c>
       <c r="E14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F14" s="9">
         <v>35381</v>
       </c>
       <c r="G14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H14" s="9">
         <v/>
       </c>
       <c r="I14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J14" s="9">
         <v>35410</v>
       </c>
       <c r="K14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L14" s="9">
         <v/>
       </c>
       <c r="M14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N14" s="9">
         <v>35365</v>
       </c>
       <c r="O14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P14" s="9">
         <v/>
       </c>
       <c r="Q14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R14" s="9">
         <v>35354</v>
       </c>
       <c r="S14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="T14" s="9">
         <v/>
       </c>
       <c r="U14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V14" s="9">
         <v>35338</v>
       </c>
       <c r="W14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="X14" s="9">
         <v/>
       </c>
       <c r="Y14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="Z14" s="9">
-        <v/>
+        <v>35336</v>
       </c>
       <c r="AA14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB14" s="9">
         <v/>
       </c>
       <c r="AC14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AD14" s="9">
-        <v/>
+        <v>35352</v>
       </c>
       <c r="AE14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AF14" s="9">
         <v/>
       </c>
       <c r="AG14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AH14" s="9">
-        <v/>
+        <v>35308</v>
       </c>
       <c r="AI14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AJ14" s="9">
         <v/>
       </c>
       <c r="AK14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AL14" s="9">
         <v/>
       </c>
       <c r="AM14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AN14" s="9">
         <v/>
       </c>
       <c r="AO14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AP14" s="9">
         <v/>
       </c>
       <c r="AQ14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AR14" s="9">
         <v/>
       </c>
       <c r="AS14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AT14" s="9">
         <v/>
       </c>
       <c r="AU14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AV14" s="9">
         <v/>
       </c>
       <c r="AW14" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:49">
       <c r="A15" t="s" s="8">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B15" s="9">
         <v>5414</v>
       </c>
       <c r="C15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D15" s="9">
         <v/>
       </c>
       <c r="E15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F15" s="9">
         <v>5326</v>
       </c>
       <c r="G15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H15" s="9">
         <v/>
       </c>
       <c r="I15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J15" s="9">
         <v>5256</v>
       </c>
       <c r="K15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L15" s="9">
         <v/>
       </c>
       <c r="M15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N15" s="9">
         <v>5158</v>
       </c>
       <c r="O15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P15" s="9">
         <v/>
       </c>
       <c r="Q15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R15" s="9">
         <v>5166</v>
       </c>
       <c r="S15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="T15" s="9">
         <v/>
       </c>
       <c r="U15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V15" s="9">
         <v>4971</v>
       </c>
       <c r="W15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="X15" s="9">
         <v/>
       </c>
       <c r="Y15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="Z15" s="9">
-        <v/>
+        <v>4869</v>
       </c>
       <c r="AA15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB15" s="9">
         <v/>
       </c>
       <c r="AC15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AD15" s="9">
-        <v/>
+        <v>4759</v>
       </c>
       <c r="AE15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AF15" s="9">
         <v/>
       </c>
       <c r="AG15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AH15" s="9">
-        <v/>
+        <v>4633</v>
       </c>
       <c r="AI15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AJ15" s="9">
         <v/>
       </c>
       <c r="AK15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AL15" s="9">
         <v/>
       </c>
       <c r="AM15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AN15" s="9">
         <v/>
       </c>
       <c r="AO15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AP15" s="9">
         <v/>
       </c>
       <c r="AQ15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AR15" s="9">
         <v/>
       </c>
       <c r="AS15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AT15" s="9">
         <v/>
       </c>
       <c r="AU15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AV15" s="9">
         <v/>
       </c>
       <c r="AW15" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:49">
       <c r="A16" t="s" s="8">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B16" s="9">
         <v/>
       </c>
       <c r="C16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D16" s="9">
         <v/>
       </c>
       <c r="E16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F16" s="9">
         <v/>
       </c>
       <c r="G16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H16" s="9">
         <v/>
       </c>
       <c r="I16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J16" s="9">
         <v/>
       </c>
       <c r="K16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L16" s="9">
         <v/>
       </c>
       <c r="M16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N16" s="9">
         <v/>
       </c>
       <c r="O16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P16" s="9">
         <v/>
       </c>
       <c r="Q16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R16" s="9">
         <v/>
       </c>
       <c r="S16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="T16" s="9">
         <v/>
       </c>
       <c r="U16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V16" s="9">
         <v/>
       </c>
       <c r="W16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="X16" s="9">
         <v/>
       </c>
       <c r="Y16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="Z16" s="9">
         <v/>
       </c>
       <c r="AA16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB16" s="9">
         <v/>
       </c>
       <c r="AC16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AD16" s="9">
         <v/>
       </c>
       <c r="AE16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AF16" s="9">
         <v/>
       </c>
       <c r="AG16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AH16" s="9">
         <v/>
       </c>
       <c r="AI16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AJ16" s="9">
         <v/>
       </c>
       <c r="AK16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AL16" s="9">
         <v/>
       </c>
       <c r="AM16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AN16" s="9">
         <v/>
       </c>
       <c r="AO16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AP16" s="9">
         <v/>
       </c>
       <c r="AQ16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AR16" s="9">
         <v/>
       </c>
       <c r="AS16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AT16" s="9">
         <v/>
       </c>
       <c r="AU16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AV16" s="9">
         <v/>
       </c>
       <c r="AW16" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:49">
       <c r="A17" t="s" s="8">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B17" s="9">
         <v>376229</v>
       </c>
       <c r="C17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D17" s="9">
         <v>28381</v>
       </c>
       <c r="E17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F17" s="9">
         <v>375851</v>
       </c>
       <c r="G17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H17" s="9">
         <v>28454</v>
       </c>
       <c r="I17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J17" s="9">
         <v>375904</v>
       </c>
       <c r="K17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L17" s="9">
         <v>28581</v>
       </c>
       <c r="M17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N17" s="9">
         <v>376177</v>
       </c>
       <c r="O17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P17" s="9">
         <v>32622</v>
       </c>
       <c r="Q17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R17" s="9">
         <v>376698</v>
       </c>
       <c r="S17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="T17" s="9">
         <v>31476</v>
       </c>
       <c r="U17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V17" s="9">
         <v>376650</v>
       </c>
       <c r="W17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="X17" s="9">
         <v>31095</v>
       </c>
       <c r="Y17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="Z17" s="9">
-        <v/>
+        <v>376874</v>
       </c>
       <c r="AA17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB17" s="9">
-        <v/>
+        <v>30884</v>
       </c>
       <c r="AC17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AD17" s="9">
-        <v/>
+        <v>376914</v>
       </c>
       <c r="AE17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AF17" s="9">
-        <v/>
+        <v>30749</v>
       </c>
       <c r="AG17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AH17" s="9">
-        <v/>
+        <v>377501</v>
       </c>
       <c r="AI17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AJ17" s="9">
-        <v/>
+        <v>30746</v>
       </c>
       <c r="AK17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AL17" s="9">
         <v/>
       </c>
       <c r="AM17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AN17" s="9">
         <v/>
       </c>
       <c r="AO17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AP17" s="9">
         <v/>
       </c>
       <c r="AQ17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AR17" s="9">
         <v/>
       </c>
       <c r="AS17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AT17" s="9">
         <v/>
       </c>
       <c r="AU17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AV17" s="9">
         <v/>
       </c>
       <c r="AW17" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:49">
       <c r="A18" t="s" s="8">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B18" s="9">
         <v>177120</v>
       </c>
       <c r="C18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D18" s="9">
         <v>1832</v>
       </c>
       <c r="E18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F18" s="9">
         <v>177759</v>
       </c>
       <c r="G18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H18" s="9">
         <v>1834</v>
       </c>
       <c r="I18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J18" s="9">
         <v>178262</v>
       </c>
       <c r="K18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L18" s="9">
         <v>3495</v>
       </c>
       <c r="M18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N18" s="9">
         <v>178741</v>
       </c>
       <c r="O18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P18" s="9">
         <v>1886</v>
       </c>
       <c r="Q18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R18" s="9">
         <v>179325</v>
       </c>
       <c r="S18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="T18" s="9">
         <v>3607</v>
       </c>
       <c r="U18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V18" s="9">
         <v>179311</v>
       </c>
       <c r="W18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="X18" s="9">
         <v>3614</v>
       </c>
       <c r="Y18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="Z18" s="9">
-        <v/>
+        <v>178721</v>
       </c>
       <c r="AA18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB18" s="9">
-        <v/>
+        <v>1888</v>
       </c>
       <c r="AC18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AD18" s="9">
-        <v/>
+        <v>178511</v>
       </c>
       <c r="AE18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AF18" s="9">
-        <v/>
+        <v>3626</v>
       </c>
       <c r="AG18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AH18" s="9">
-        <v/>
+        <v>178540</v>
       </c>
       <c r="AI18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AJ18" s="9">
-        <v/>
+        <v>3591</v>
       </c>
       <c r="AK18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AL18" s="9">
         <v/>
       </c>
       <c r="AM18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AN18" s="9">
         <v/>
       </c>
       <c r="AO18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AP18" s="9">
         <v/>
       </c>
       <c r="AQ18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AR18" s="9">
         <v/>
       </c>
       <c r="AS18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AT18" s="9">
         <v/>
       </c>
       <c r="AU18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AV18" s="9">
         <v/>
       </c>
       <c r="AW18" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:49">
       <c r="A19" t="s" s="8">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B19" s="9">
         <v>177163</v>
       </c>
       <c r="C19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D19" s="9">
         <v>6624</v>
       </c>
       <c r="E19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F19" s="9">
         <v>177973</v>
       </c>
       <c r="G19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H19" s="9">
         <v>6672</v>
       </c>
       <c r="I19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J19" s="9">
         <v>178450</v>
       </c>
       <c r="K19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L19" s="9">
         <v>6678</v>
       </c>
       <c r="M19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N19" s="9">
         <v>177394</v>
       </c>
       <c r="O19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P19" s="9">
         <v>6538</v>
       </c>
       <c r="Q19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R19" s="9">
         <v>174447</v>
       </c>
       <c r="S19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="T19" s="9">
         <v>6400</v>
       </c>
       <c r="U19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V19" s="9">
         <v>170628</v>
       </c>
       <c r="W19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="X19" s="9">
         <v>6375</v>
       </c>
       <c r="Y19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="Z19" s="9">
-        <v/>
+        <v>167537</v>
       </c>
       <c r="AA19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB19" s="9">
-        <v/>
+        <v>6365</v>
       </c>
       <c r="AC19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AD19" s="9">
-        <v/>
+        <v>165239</v>
       </c>
       <c r="AE19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AF19" s="9">
-        <v/>
+        <v>6301</v>
       </c>
       <c r="AG19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AH19" s="9">
-        <v/>
+        <v>174675</v>
       </c>
       <c r="AI19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AJ19" s="9">
-        <v/>
+        <v>6313</v>
       </c>
       <c r="AK19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AL19" s="9">
         <v/>
       </c>
       <c r="AM19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AN19" s="9">
         <v/>
       </c>
       <c r="AO19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AP19" s="9">
         <v/>
       </c>
       <c r="AQ19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AR19" s="9">
         <v/>
       </c>
       <c r="AS19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AT19" s="9">
         <v/>
       </c>
       <c r="AU19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AV19" s="9">
         <v/>
       </c>
       <c r="AW19" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:49">
       <c r="A20" t="s" s="8">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B20" s="9">
         <v>604086</v>
       </c>
       <c r="C20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D20" s="9">
         <v>47352</v>
       </c>
       <c r="E20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F20" s="9">
         <v>604327</v>
       </c>
       <c r="G20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H20" s="9">
         <v>47459</v>
       </c>
       <c r="I20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J20" s="9">
         <v>603500</v>
       </c>
       <c r="K20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L20" s="9">
         <v>47390</v>
       </c>
       <c r="M20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N20" s="9">
         <v>629148</v>
       </c>
       <c r="O20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P20" s="9">
         <v>47961</v>
       </c>
       <c r="Q20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R20" s="9">
         <v>627119</v>
       </c>
       <c r="S20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="T20" s="9">
         <v>47949</v>
       </c>
       <c r="U20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V20" s="9">
         <v>616318</v>
       </c>
       <c r="W20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="X20" s="9">
         <v>47731</v>
       </c>
       <c r="Y20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="Z20" s="9">
-        <v/>
+        <v>614259</v>
       </c>
       <c r="AA20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB20" s="9">
-        <v/>
+        <v>47691</v>
       </c>
       <c r="AC20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AD20" s="9">
-        <v/>
+        <v>612134</v>
       </c>
       <c r="AE20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AF20" s="9">
-        <v/>
+        <v>47719</v>
       </c>
       <c r="AG20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AH20" s="9">
-        <v/>
+        <v>610501</v>
       </c>
       <c r="AI20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AJ20" s="9">
-        <v/>
+        <v>47582</v>
       </c>
       <c r="AK20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AL20" s="9">
         <v/>
       </c>
       <c r="AM20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AN20" s="9">
         <v/>
       </c>
       <c r="AO20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AP20" s="9">
         <v/>
       </c>
       <c r="AQ20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AR20" s="9">
         <v/>
       </c>
       <c r="AS20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AT20" s="9">
         <v/>
       </c>
       <c r="AU20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AV20" s="9">
         <v/>
       </c>
       <c r="AW20" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:49">
       <c r="A21" t="s" s="8">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B21" s="9">
         <v>23831</v>
       </c>
       <c r="C21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D21" s="9">
         <v/>
       </c>
       <c r="E21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F21" s="9">
         <v>23935</v>
       </c>
       <c r="G21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H21" s="9">
         <v/>
       </c>
       <c r="I21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J21" s="9">
         <v>23967</v>
       </c>
       <c r="K21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L21" s="9">
         <v/>
       </c>
       <c r="M21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N21" s="9">
         <v>25962</v>
       </c>
       <c r="O21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P21" s="9">
         <v/>
       </c>
       <c r="Q21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R21" s="9">
         <v>25819</v>
       </c>
       <c r="S21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="T21" s="9">
         <v/>
       </c>
       <c r="U21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V21" s="9">
         <v>25232</v>
       </c>
       <c r="W21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="X21" s="9">
         <v/>
       </c>
       <c r="Y21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="Z21" s="9">
-        <v/>
+        <v>25062</v>
       </c>
       <c r="AA21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB21" s="9">
         <v/>
       </c>
       <c r="AC21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AD21" s="9">
-        <v/>
+        <v>24968</v>
       </c>
       <c r="AE21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AF21" s="9">
         <v/>
       </c>
       <c r="AG21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AH21" s="9">
-        <v/>
+        <v>24890</v>
       </c>
       <c r="AI21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AJ21" s="9">
         <v/>
       </c>
       <c r="AK21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AL21" s="9">
         <v/>
       </c>
       <c r="AM21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AN21" s="9">
         <v/>
       </c>
       <c r="AO21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AP21" s="9">
         <v/>
       </c>
       <c r="AQ21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AR21" s="9">
         <v/>
       </c>
       <c r="AS21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AT21" s="9">
         <v/>
       </c>
       <c r="AU21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AV21" s="9">
         <v/>
       </c>
       <c r="AW21" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:49">
       <c r="A22" t="s" s="8">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B22" s="9">
         <v>89494</v>
       </c>
       <c r="C22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D22" s="9">
         <v>1451</v>
       </c>
       <c r="E22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F22" s="9">
         <v>89295</v>
       </c>
       <c r="G22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H22" s="9">
         <v>1454</v>
       </c>
       <c r="I22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J22" s="9">
         <v>88967</v>
       </c>
       <c r="K22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L22" s="9">
         <v>1449</v>
       </c>
       <c r="M22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N22" s="9">
         <v>88535</v>
       </c>
       <c r="O22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P22" s="9">
         <v>1453</v>
       </c>
       <c r="Q22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R22" s="9">
         <v>89424</v>
       </c>
       <c r="S22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="T22" s="9">
         <v>1449</v>
       </c>
       <c r="U22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V22" s="9">
         <v>88974</v>
       </c>
       <c r="W22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="X22" s="9">
         <v>1448</v>
       </c>
       <c r="Y22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="Z22" s="9">
-        <v/>
+        <v>88855</v>
       </c>
       <c r="AA22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB22" s="9">
-        <v/>
+        <v>1444</v>
       </c>
       <c r="AC22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AD22" s="9">
-        <v/>
+        <v>88703</v>
       </c>
       <c r="AE22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AF22" s="9">
-        <v/>
+        <v>1440</v>
       </c>
       <c r="AG22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AH22" s="9">
-        <v/>
+        <v>88573</v>
       </c>
       <c r="AI22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AJ22" s="9">
-        <v/>
+        <v>1444</v>
       </c>
       <c r="AK22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AL22" s="9">
         <v/>
       </c>
       <c r="AM22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AN22" s="9">
         <v/>
       </c>
       <c r="AO22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AP22" s="9">
         <v/>
       </c>
       <c r="AQ22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AR22" s="9">
         <v/>
       </c>
       <c r="AS22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AT22" s="9">
         <v/>
       </c>
       <c r="AU22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AV22" s="9">
         <v/>
       </c>
       <c r="AW22" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:49">
       <c r="A23" t="s" s="8">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B23" s="9">
         <v>38032</v>
       </c>
       <c r="C23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D23" s="9">
         <v/>
       </c>
       <c r="E23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F23" s="9">
         <v>37985</v>
       </c>
       <c r="G23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H23" s="9">
         <v/>
       </c>
       <c r="I23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J23" s="9">
         <v>37989</v>
       </c>
       <c r="K23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L23" s="9">
         <v/>
       </c>
       <c r="M23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N23" s="9">
         <v>38041</v>
       </c>
       <c r="O23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P23" s="9">
         <v/>
       </c>
       <c r="Q23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R23" s="9">
         <v>38126</v>
       </c>
       <c r="S23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="T23" s="9">
         <v/>
       </c>
       <c r="U23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V23" s="9">
         <v>38120</v>
       </c>
       <c r="W23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="X23" s="9">
         <v/>
       </c>
       <c r="Y23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="Z23" s="9">
-        <v/>
+        <v>38114</v>
       </c>
       <c r="AA23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB23" s="9">
         <v/>
       </c>
       <c r="AC23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AD23" s="9">
-        <v/>
+        <v>38105</v>
       </c>
       <c r="AE23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AF23" s="9">
         <v/>
       </c>
       <c r="AG23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AH23" s="9">
-        <v/>
+        <v>38099</v>
       </c>
       <c r="AI23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AJ23" s="9">
         <v/>
       </c>
       <c r="AK23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AL23" s="9">
         <v/>
       </c>
       <c r="AM23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AN23" s="9">
         <v/>
       </c>
       <c r="AO23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AP23" s="9">
         <v/>
       </c>
       <c r="AQ23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AR23" s="9">
         <v/>
       </c>
       <c r="AS23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AT23" s="9">
         <v/>
       </c>
       <c r="AU23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AV23" s="9">
         <v/>
       </c>
       <c r="AW23" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:49">
       <c r="A24" t="s" s="8">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B24" s="9">
         <v>96738</v>
       </c>
       <c r="C24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D24" s="9">
         <v/>
       </c>
       <c r="E24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F24" s="9">
         <v>96772</v>
       </c>
       <c r="G24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H24" s="9">
         <v/>
       </c>
       <c r="I24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J24" s="9">
         <v>96728</v>
       </c>
       <c r="K24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L24" s="9">
         <v/>
       </c>
       <c r="M24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N24" s="9">
         <v>96675</v>
       </c>
       <c r="O24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P24" s="9">
         <v/>
       </c>
       <c r="Q24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R24" s="9">
         <v>96582</v>
       </c>
       <c r="S24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="T24" s="9">
         <v/>
       </c>
       <c r="U24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V24" s="9">
         <v>96522</v>
       </c>
       <c r="W24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="X24" s="9">
         <v/>
       </c>
       <c r="Y24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="Z24" s="9">
-        <v/>
+        <v>96403</v>
       </c>
       <c r="AA24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB24" s="9">
         <v/>
       </c>
       <c r="AC24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AD24" s="9">
-        <v/>
+        <v>96200</v>
       </c>
       <c r="AE24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AF24" s="9">
         <v/>
       </c>
       <c r="AG24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AH24" s="9">
-        <v/>
+        <v>96091</v>
       </c>
       <c r="AI24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AJ24" s="9">
         <v/>
       </c>
       <c r="AK24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AL24" s="9">
         <v/>
       </c>
       <c r="AM24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AN24" s="9">
         <v/>
       </c>
       <c r="AO24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AP24" s="9">
         <v/>
       </c>
       <c r="AQ24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AR24" s="9">
         <v/>
       </c>
       <c r="AS24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AT24" s="9">
         <v/>
       </c>
       <c r="AU24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AV24" s="9">
         <v/>
       </c>
       <c r="AW24" t="s" s="8">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:49">
       <c r="A25" t="s" s="11">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B25" s="12">
         <v>7783090</v>
       </c>
       <c r="C25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D25" s="12">
         <v>531964</v>
       </c>
       <c r="E25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F25" s="12">
         <v>7980662</v>
       </c>
       <c r="G25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H25" s="12">
         <v>555002</v>
       </c>
       <c r="I25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J25" s="12">
         <v>7922198</v>
       </c>
       <c r="K25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="L25" s="12">
         <v>569422</v>
       </c>
       <c r="M25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="N25" s="12">
         <v>7891733</v>
       </c>
       <c r="O25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P25" s="12">
         <v>566179</v>
       </c>
       <c r="Q25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="R25" s="12">
         <v>7893240</v>
       </c>
       <c r="S25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="T25" s="12">
         <v>566433</v>
       </c>
       <c r="U25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="V25" s="12">
         <v>7873765</v>
       </c>
       <c r="W25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="X25" s="12">
         <v>565705</v>
       </c>
       <c r="Y25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="Z25" s="12">
-        <v/>
+        <v>7859528</v>
       </c>
       <c r="AA25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AB25" s="12">
-        <v/>
+        <v>561825</v>
       </c>
       <c r="AC25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AD25" s="12">
-        <v/>
+        <v>7842466</v>
       </c>
       <c r="AE25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AF25" s="12">
-        <v/>
+        <v>562800</v>
       </c>
       <c r="AG25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AH25" s="12">
-        <v/>
+        <v>7830546</v>
       </c>
       <c r="AI25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AJ25" s="12">
-        <v/>
+        <v>562544</v>
       </c>
       <c r="AK25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AL25" s="12">
         <v/>
       </c>
       <c r="AM25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AN25" s="12">
         <v/>
       </c>
       <c r="AO25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AP25" s="12">
         <v/>
       </c>
       <c r="AQ25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AR25" s="12">
         <v/>
       </c>
       <c r="AS25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AT25" s="12">
         <v/>
       </c>
       <c r="AU25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="AV25" s="12">
         <v/>
       </c>
       <c r="AW25" t="s" s="11">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="45">
     <mergeCell ref="A1:AW1"/>
     <mergeCell ref="A2:AW2"/>
     <mergeCell ref="A3:AW3"/>
     <mergeCell ref="A4:AW4"/>
     <mergeCell ref="A5:AW5"/>
     <mergeCell ref="A6:AW6"/>
     <mergeCell ref="A7:AW7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="F8:I8"/>
     <mergeCell ref="J8:M8"/>
     <mergeCell ref="N8:Q8"/>
     <mergeCell ref="R8:U8"/>
     <mergeCell ref="V8:Y8"/>
     <mergeCell ref="Z8:AC8"/>
     <mergeCell ref="AD8:AG8"/>
     <mergeCell ref="AH8:AK8"/>
     <mergeCell ref="AL8:AO8"/>
     <mergeCell ref="AP8:AS8"/>
     <mergeCell ref="AT8:AW8"/>
     <mergeCell ref="B9:C9"/>